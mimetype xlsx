--- v0 (2025-11-04)
+++ v1 (2025-12-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0347893cb0bc450f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/69ef35ecf954453ca4be2d57552239d5.psmdcp" Id="Re5fcccbab42040e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba1425391eb846d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/407e7a41b1f64434923861a448d29930.psmdcp" Id="Rfe9b8908b586424d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Wyoming population estimates" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Juvenile Justice Geography, Policy, Practice &amp; Statistics. Online. Available: http://www.jjgps.org/racial-fairness/wyoming#populations</x:t>
   </x:si>
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
@@ -525,55 +525,55 @@
       </x:c>
       <x:c r="D3" s="2" t="n">
         <x:v>691</x:v>
       </x:c>
       <x:c r="E3" s="2" t="n">
         <x:v>7764</x:v>
       </x:c>
       <x:c r="F3" s="2" t="n">
         <x:v>1710</x:v>
       </x:c>
       <x:c r="G3" s="2" t="n">
         <x:v>413</x:v>
       </x:c>
       <x:c r="H3" s="2" t="n">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I3" s="2" t="n">
         <x:v>1571</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
-    <x:oddHeader>&amp;L&amp;"-,Regular"Racial fairness &gt; Populations estimates: Wyoming&amp;R&amp;"-,Regular"Queried Nov 3, 2025 21:03PM</x:oddHeader>
+    <x:oddHeader>&amp;L&amp;"-,Regular"Racial fairness &gt; Populations estimates: Wyoming&amp;R&amp;"-,Regular"Queried Dec 23, 2025 05:02AM</x:oddHeader>
     <x:oddFooter/>
-    <x:evenHeader>&amp;L&amp;"-,Regular"Racial fairness &gt; Populations estimates: Wyoming&amp;R&amp;"-,Regular"Queried Nov 3, 2025 21:03PM</x:evenHeader>
+    <x:evenHeader>&amp;L&amp;"-,Regular"Racial fairness &gt; Populations estimates: Wyoming&amp;R&amp;"-,Regular"Queried Dec 23, 2025 05:02AM</x:evenHeader>
     <x:evenFooter/>
-    <x:firstHeader>&amp;L&amp;"-,Regular"Racial fairness &gt; Populations estimates: Wyoming&amp;R&amp;"-,Regular"Queried Nov 3, 2025 21:03PM</x:firstHeader>
+    <x:firstHeader>&amp;L&amp;"-,Regular"Racial fairness &gt; Populations estimates: Wyoming&amp;R&amp;"-,Regular"Queried Dec 23, 2025 05:02AM</x:firstHeader>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>