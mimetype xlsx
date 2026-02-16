--- v1 (2025-12-23)
+++ v2 (2026-02-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba1425391eb846d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/407e7a41b1f64434923861a448d29930.psmdcp" Id="Rfe9b8908b586424d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6c9507517894779" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/703df6da9f6644698fe683f5355af1de.psmdcp" Id="R5de037a3732a4efb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Wyoming population estimates" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Juvenile Justice Geography, Policy, Practice &amp; Statistics. Online. Available: http://www.jjgps.org/racial-fairness/wyoming#populations</x:t>
   </x:si>
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
@@ -525,55 +525,55 @@
       </x:c>
       <x:c r="D3" s="2" t="n">
         <x:v>691</x:v>
       </x:c>
       <x:c r="E3" s="2" t="n">
         <x:v>7764</x:v>
       </x:c>
       <x:c r="F3" s="2" t="n">
         <x:v>1710</x:v>
       </x:c>
       <x:c r="G3" s="2" t="n">
         <x:v>413</x:v>
       </x:c>
       <x:c r="H3" s="2" t="n">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I3" s="2" t="n">
         <x:v>1571</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
-    <x:oddHeader>&amp;L&amp;"-,Regular"Racial fairness &gt; Populations estimates: Wyoming&amp;R&amp;"-,Regular"Queried Dec 23, 2025 05:02AM</x:oddHeader>
+    <x:oddHeader>&amp;L&amp;"-,Regular"Racial fairness &gt; Populations estimates: Wyoming&amp;R&amp;"-,Regular"Queried Feb 15, 2026 22:32PM</x:oddHeader>
     <x:oddFooter/>
-    <x:evenHeader>&amp;L&amp;"-,Regular"Racial fairness &gt; Populations estimates: Wyoming&amp;R&amp;"-,Regular"Queried Dec 23, 2025 05:02AM</x:evenHeader>
+    <x:evenHeader>&amp;L&amp;"-,Regular"Racial fairness &gt; Populations estimates: Wyoming&amp;R&amp;"-,Regular"Queried Feb 15, 2026 22:32PM</x:evenHeader>
     <x:evenFooter/>
-    <x:firstHeader>&amp;L&amp;"-,Regular"Racial fairness &gt; Populations estimates: Wyoming&amp;R&amp;"-,Regular"Queried Dec 23, 2025 05:02AM</x:firstHeader>
+    <x:firstHeader>&amp;L&amp;"-,Regular"Racial fairness &gt; Populations estimates: Wyoming&amp;R&amp;"-,Regular"Queried Feb 15, 2026 22:32PM</x:firstHeader>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>